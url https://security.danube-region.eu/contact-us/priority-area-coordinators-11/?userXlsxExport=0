--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -29,99 +29,99 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Function</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
-    <t>Bavaria (DE)</t>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>Ms Boryana Boteva</t>
+  </si>
+  <si>
+    <t>EU and International Cooperation Directorate</t>
+  </si>
+  <si>
+    <t>Ministry of Interior</t>
+  </si>
+  <si>
+    <t>bboteva.14@mvr.bg</t>
+  </si>
+  <si>
+    <t>Mr Rosen Kukushev</t>
+  </si>
+  <si>
+    <t>PAC</t>
+  </si>
+  <si>
+    <t>rkukushev.14@mvr.bg</t>
+  </si>
+  <si>
+    <t>Germany / Bavaria</t>
   </si>
   <si>
     <t>Ms Verena Linsmaier</t>
   </si>
   <si>
     <t>Bavarian Ministry of Interior, for Sport and Integration</t>
   </si>
   <si>
     <t>stmi.eusdr@polizei.bayern.de</t>
   </si>
   <si>
     <t>Mr Michael Schwald</t>
   </si>
   <si>
     <t>Head of Bavarian Police</t>
   </si>
   <si>
     <t>Ms Irene Klarer</t>
   </si>
   <si>
     <t>Sachbereich C5/EU - Internationale polizeiliche Zusammenarbeit</t>
   </si>
   <si>
     <t>stmi.sachgebiet-c13-eusdr@polizei.bayern.de</t>
-  </si>
-[...22 lines deleted...]
-    <t>sgmarinova@mvr.bg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <u/>
       <color rgb="FF0563C1"/>
     </font>
   </fonts>
@@ -143,180 +143,180 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stmi.eusdr@polizei.bayern.de" TargetMode="External"/>
-[...2 lines deleted...]
-<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgmarinova@mvr.bg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bboteva.14@mvr.bg" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rkukushev.14@mvr.bg" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stmi.eusdr@polizei.bayern.de" TargetMode="External"/>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stmi.sachgebiet-c13-eusdr@polizei.bayern.de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <dimension ref="A1:F6"/>
   <cols>
-    <col min="1" max="1" width="13" customWidth="1"/>
+    <col min="1" max="1" width="18" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="57" customWidth="1"/>
     <col min="6" max="6" width="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2"/>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
       <c r="E2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F2" t="s" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="F3"/>
+        <v>9</v>
+      </c>
+      <c r="F3" t="s" s="2">
+        <v>13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C4"/>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D4"/>
       <c r="E4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s" s="2">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="F5"/>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F6" t="s" s="2">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F2" r:id="rId1" location="" display="mailto:stmi.eusdr@polizei.bayern.de"/>
-[...2 lines deleted...]
-    <hyperlink ref="F6" r:id="rId4" location="" display="mailto:sgmarinova@mvr.bg"/>
+    <hyperlink ref="F2" r:id="rId1" location="" display="mailto:bboteva.14@mvr.bg"/>
+    <hyperlink ref="F3" r:id="rId2" location="" display="mailto:rkukushev.14@mvr.bg"/>
+    <hyperlink ref="F4" r:id="rId3" location="" display="mailto:stmi.eusdr@polizei.bayern.de"/>
+    <hyperlink ref="F6" r:id="rId4" location="" display="mailto:stmi.sachgebiet-c13-eusdr@polizei.bayern.de"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>