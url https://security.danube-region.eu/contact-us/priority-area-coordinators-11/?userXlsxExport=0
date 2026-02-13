--- v1 (2025-12-07)
+++ v2 (2026-02-13)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Function</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Ms Boryana Boteva</t>
   </si>
   <si>
@@ -63,50 +63,59 @@
     <t>Ministry of Interior</t>
   </si>
   <si>
     <t>bboteva.14@mvr.bg</t>
   </si>
   <si>
     <t>Mr Rosen Kukushev</t>
   </si>
   <si>
     <t>PAC</t>
   </si>
   <si>
     <t>rkukushev.14@mvr.bg</t>
   </si>
   <si>
     <t>Germany / Bavaria</t>
   </si>
   <si>
     <t>Ms Verena Linsmaier</t>
   </si>
   <si>
     <t>Bavarian Ministry of Interior, for Sport and Integration</t>
   </si>
   <si>
     <t>stmi.eusdr@polizei.bayern.de</t>
+  </si>
+  <si>
+    <t>Ms Fabienne Reiner</t>
+  </si>
+  <si>
+    <t>PAC 11 team</t>
+  </si>
+  <si>
+    <t>Fabienne.Reiner@bmi.bund.de</t>
   </si>
   <si>
     <t>Mr Michael Schwald</t>
   </si>
   <si>
     <t>Head of Bavarian Police</t>
   </si>
   <si>
     <t>Ms Irene Klarer</t>
   </si>
   <si>
     <t>Sachbereich C5/EU - Internationale polizeiliche Zusammenarbeit</t>
   </si>
   <si>
     <t>stmi.sachgebiet-c13-eusdr@polizei.bayern.de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
@@ -146,56 +155,57 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bboteva.14@mvr.bg" TargetMode="External"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rkukushev.14@mvr.bg" TargetMode="External"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stmi.eusdr@polizei.bayern.de" TargetMode="External"/>
-<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stmi.sachgebiet-c13-eusdr@polizei.bayern.de" TargetMode="External"/></Relationships>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fabienne.Reiner@bmi.bund.de" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stmi.sachgebiet-c13-eusdr@polizei.bayern.de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:F6"/>
+  <dimension ref="A1:F7"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="57" customWidth="1"/>
     <col min="6" max="6" width="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -247,76 +257,95 @@
         <v>15</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="F5"/>
+      <c r="F5" t="s" s="2">
+        <v>20</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="F6" t="s" s="2">
-        <v>22</v>
+      <c r="F6"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7"/>
+      <c r="D7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" t="s" s="2">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" location="" display="mailto:bboteva.14@mvr.bg"/>
     <hyperlink ref="F3" r:id="rId2" location="" display="mailto:rkukushev.14@mvr.bg"/>
     <hyperlink ref="F4" r:id="rId3" location="" display="mailto:stmi.eusdr@polizei.bayern.de"/>
-    <hyperlink ref="F6" r:id="rId4" location="" display="mailto:stmi.sachgebiet-c13-eusdr@polizei.bayern.de"/>
+    <hyperlink ref="F5" r:id="rId4" location="" display="mailto:Fabienne.Reiner@bmi.bund.de"/>
+    <hyperlink ref="F7" r:id="rId5" location="" display="mailto:stmi.sachgebiet-c13-eusdr@polizei.bayern.de"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>